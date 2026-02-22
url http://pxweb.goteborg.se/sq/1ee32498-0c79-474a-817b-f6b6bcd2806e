--- v0 (2025-12-28)
+++ v1 (2026-02-22)
@@ -1,104 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb66093a45304fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d1ebfafa2004debbc630e8a58e444b3.psmdcp" Id="R4f0504f5b6b74afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2072a28972e24b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/785685b597c54a93884d07c71e665ae8.psmdcp" Id="Rf7d19d635a224833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Lägenhetstyp" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <x:si>
     <x:t>Bostadsbestånd efter hustyp och lägenhetstyp, exklusive småhus, 2017-2024</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Flerbostadshus</x:t>
   </x:si>
   <x:si>
     <x:t>4 rum och kök</x:t>
   </x:si>
   <x:si>
-    <x:t>Med bostadslägenhet avses en lägenhet avsedd att helt eller till en inte oväsentlig del användas som bostad, oavsett i vilken hustyp den ligger. Även bostäder i småhus definieras således som lägenheter. 
-[...2 lines deleted...]
-Både nyproducerade och existerande lägenheter, vilka tidigare utgjort bortfall i registret, registreras löpande. Därutöver sker rättningar och kompletteringar av tidigare felaktiga uppgifter samt till följd av att det befintliga beståndet förändras, t.ex. genom ombyggnad och rivning. 
+    <x:t>Med bostadslägenhet avses en lägenhet avsedd att helt eller till en inte oväsentlig del användas som bostad, oavsett i vilken hustyp den ligger.
+Skillnaden i bostadsbeståndet mellan två år utgörs inte enbart av nyproduktion av bostäder. Bostadsbeståndet är en registerprodukt som bygger på uppgifterna i lägenhetsregistret.
+Registret uppdateras av kommunerna som ansvarar för ajourhållningen med hjälp av information från landets fastighetsägare.
+Både nyproducerade och existerande lägenheter, vilka tidigare utgjort bortfall i registret, registreras löpande. Därutöver sker rättningar och kompletteringar av tidigare felaktiga uppgifter samt till följd av att det befintliga beståndet förändras, t.ex. genom ombyggnad och rivning.
 Dessutom förekommer en viss eftersläpning i registreringen av nybyggda lägenheter, framför allt senaste året.</x:t>
   </x:si>
   <x:si>
     <x:t>Hustyp:</x:t>
   </x:si>
   <x:si>
-    <x:t>&lt;b&gt;Småhus&lt;/b&gt;
-[...2 lines deleted...]
-Flerbostadshus avser bostadsbyggnader innehållande tre eller flera lägenheter inklusive loftgångshus.
+    <x:t>Flerbostadshus avser bostadsbyggnader innehållande tre eller flera lägenheter inklusive loftgångshus.
 &lt;b&gt;Övriga hus&lt;/b&gt;
 Övriga hus avser byggnader som inte huvudsakligen är avsedda för bostadsändamål men ändå innehåller vanliga bostadslägenheter, till exempel byggnader avsedda för verksamhet eller samhällsfunktion.
 &lt;b&gt;Specialbostäder&lt;/b&gt;
 Specialbostäder avser bostäder för äldre/funktionshindrade, studentbostäder och övriga specialbostäder.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">&lt;b&gt;Typ av specialbostad&lt;/b&gt;
 &lt;b&gt;Specialbostad för äldre/funktionshindrade&lt;/b&gt;
-En specialbostad för äldre eller funktionshindrade är en bostad som är varaktigt förbehållen äldre personer eller personer med funktionshinder och där boendet alltid är förenat med service, stöd och personlig omvårdnad. 
+En specialbostad för äldre eller funktionshindrade är en bostad som är varaktigt förbehållen äldre personer eller personer med funktionshinder och där boendet alltid är förenat med service, stöd och personlig omvårdnad.
 Dessa bostäder eller rum är vanligtvis grupperade kring gemensamhetsutrymmen såsom kök, matsal eller sällskapsrum. Som specialbostäder räknas t.ex. inte seniorbostäder eller så kallade 55+ boenden.
 &lt;b&gt;Studentbostad&lt;/b&gt;
-En studentbostad är en bostad som är varaktigt förbehållen studerande vid universitet eller högskola. Det kan vara ett studentrum i korridor eller liknande, eller en fullständigt utrustad bostad. 
+En studentbostad är en bostad som är varaktigt förbehållen studerande vid universitet eller högskola. Det kan vara ett studentrum i korridor eller liknande, eller en fullständigt utrustad bostad.
 Elevhem, internat och andra typer av specialbostäder för studerande vid gymnasiala utbildningar, folkhögskolor eller andra liknande utbildningar räknas inte som studentbostäder.
 &lt;b&gt;Övrig specialbostad&lt;/b&gt;
-En övrig specialbostad är en annan specialbostad än för äldre eller funktionshindrade eller en studentbostad och som är varaktigt förbehållen vissa väl avgränsade grupper. 
-En sådan bostad är avsedd för temporärt boende och hyrs ut med reducerat besittningsskydd. 
+En övrig specialbostad är en annan specialbostad än för äldre eller funktionshindrade eller en studentbostad och som är varaktigt förbehållen vissa väl avgränsade grupper.
+En sådan bostad är avsedd för temporärt boende och hyrs ut med reducerat besittningsskydd.
 Exempel är samlade bestånd av utslussningsbostäder för personer som nyss frigivits från kriminalvårdsanstalt samt elevhem och internat som inte räknas in i gruppen studentbostäder.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>SCB</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>statistisk.analys@stadshuset.goteborg.se</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal lägenheter</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
   <x:si>